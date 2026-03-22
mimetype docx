--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -44,80 +44,80 @@
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Решение №6017/15.02.2022 по търг. д. №1724/2020 на ВКС, ТК, I т.о., докладвано от съдия Вероника Николова</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>За правомощията на въззивния съд при въведени с въззивната жалба оплаквания за допуснати от първата инстанция съществени процесуални нарушения; За основанията за събиране на нови доказателства от въззивния съд в хипотезата на чл.266 ал.3 от ГПК.</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Според задължителното тълкуване, дадено от ВКС в т.2 на ТР №1/2013г., ОСГТК, регламентацията на дължимите от съда процесуални действия по докладване на делото е императивна и пропускът на първоинстанционния съд да извърши доклад, респективно извършването на непълен или неточен доклад, следва да се квалифицира като нарушение на съдопроизводствените правила. Когато във въззивната жалба или в отговора страната се позове на допуснати от първата инстанция нарушения във връзка с доклада, дори и да прецени тези оплаквания за основателни, въззивният съд не извършва нов доклад, а дължи единствено даване на указания до страните относно възможността да предприемат тези процесуални действия по посочване на относими за делото доказателства, които са пропуснали да извършат в първата инстанция поради отсъствие, непълнота или неточност на доклада и дадените указания, което по смисъла на чл. 266 ал.3 от ГПК е извинителна причина за допускането на тези доказателства за първи път във въззивното производство. В сочените решения касационният съд приема, че когато съдът не е дал указания за начина на разпределение на доказателствената тежест за подлежащите на доказване факти, и при въведено с въззивната жалба оплакване за неправилност на първоинстанционното решение, касаещо нарушение разпоредбите на чл.146, ал.1, т.5 и ал.2 от ГПК, въззивният съд следва да повтори опороченото действие, като укаже на страните фактите, които се нуждаят от доказване и как се разпределя доказателствената тежест за тези факти, съответно да укаже на страните за кои от твърдените от тях факти не сочат доказателства. Съдът с оглед на тези указания следва да даде възможност за допускане и събиране на нови доказателства, представени с жалбата или в откритото заседание по разглеждане на делото, без да се съобразява с ограниченията, предвидени в чл.266 от ГПК.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>