--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -27,97 +27,97 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6A7AF159" w14:textId="1F4AEADA" w:rsidR="002030A6" w:rsidRPr="00B20476" w:rsidRDefault="002030A6" w:rsidP="00B20476">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Решение №14/13.01.2026 по гр. д. №2636/2024 на ВКС, ГК, II г.о.</w:t>
+        <w:t>Решение №14/13.01.2026 по гр. д. №2636/2024 на ВКС, ГК, II г.о., докладвано от съдия Елизабет Петрова</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Съмнение дали не е очевидно неправилен изводът на въззивния съд, че ищците са придобили по давност земеделска земя, намираща се в район, в който земите са били предоставени за ползване и чийто статут понастоящем следва да се урегулира с помощен план и план на новообразуваните имоти, изработен по реда на §4к ПЗРЗСПЗЗ, без да се съобрази статутът на имота съобразно този план и моментът на неговото влизане в сила.</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Принцип в гражданското право е, че придобивна давност не тече по отношение на имоти, собствениците на които не могат да се бранят. Лицата, имащи право да реституират собственост, в случаите преди приключване на административната процедура, не разполагат с възможност да бранят своите права върху обектите, подлежащи на реституция. Ето защо и придобивна давност върху тези имоти и против тези правоимащи лица не тече. В частност, ако имотът попада в територия по § 4 ПЗР ЗСПЗЗ, придобивна давност по отношение на него може да започне да тече след приключване на предвидените в ЗСПЗЗ и ППЗСПЗЗ процедури, а именно след одобряване плана за новообразуваните имоти, от който момент правоимащото лице придобива права върху конкретен имот. Възможността придобивната давност да започне да тече от ПНИ се обосновава с правното значение на влезлия в сила ПНИ, с който се индивидуализират земеделските земи в територии по § 4 ПЗР от ЗСПЗЗ, което се изразява в това, че с ПНИ не само се обособява самостоятелният обект на вещни права, но се внася яснота и за предназначаването на имота дали правото на собственост подлежи на възстановяване по ЗСПЗЗ, на изкупуване от ползватели по § 4а или § 4б ПЗР ЗСПЗЗ, ще се прилага ли чл. 19 ЗСПЗЗ или чл. 25 ЗСПЗЗ, или на придобиване посредством други способи и от правни субекти, различи от лицата по § 4 ПЗР от ЗСПЗЗ. Физическо лице, което не е ползвател, нито собственик на имот, подлежащ на възстановяване по реда на ЗСПЗЗ, може да стане собственик на поземлен имот, попадащ в територия на ПНИ въз основа на изтекла придобивна давност, като давността започва да тече след влизане на ПНИ в сила.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>