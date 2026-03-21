--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Обоснован е изводът на КЗК, че помощният орган на възложителя правилно е приложил правилото на чл. 72, ал. 1, т. 1 от ЗОП и е изискал от „Консорциум Еко Сфера 2025“ ДЗЗД подробна писмена обосновка по отношение на начина на образуване на предложената единична цена за изпълнение на дейност № 1. В случая действително е налице необичайно благоприятна оферта по смисъла на чл. 72 от ЗОП с оглед на обстоятелството, че избрания критерий за възлагане по обособена позиция № 1 е най-ниска цена, като единичните цени са показател за оценка, а предложената от консорциума единична цена за изпълнение на дейност № 1... е с повече от 20% по-благоприятно от средната стойност на предложените единични цени от останалите участници. Съгласно чл. 72, ал. 3, изр. трето ЗОП обосновката може да не бъде приета и участникът да бъде отстранен само когато представените доказателства не са достатъчни, за да обосноват предложената цена или разходи. В протокол № 3, отразяващ работата на комисията, назначена от възложителя, са изложени изключително подробни мотиви, отразяващи оценката на представената обосновка. Част от посочените в нея обстоятелства са твърде общо формулирани и по никакъв начин не може да се установи как те конкретно влияят върху формираната крайна цена... Направен е съответен извод, че към обосновката не са представени каквито и да било доказателства, установяващи предложените в подробните разчети стойности, включително и по отношение на калкулацията на цената на труда. Преценката на комисията дали предложението е реално, комплексно, целесъобразно и подкрепено с достатъчно доказателства, се осъществява в условията на оперативна самостоятелност, поради което неговата целесъобразност не подлежи на контрол.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>