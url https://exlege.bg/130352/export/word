--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -27,97 +27,97 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6A7AF159" w14:textId="1F4AEADA" w:rsidR="002030A6" w:rsidRPr="00B20476" w:rsidRDefault="002030A6" w:rsidP="00B20476">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Решение №36/03.02.2026 по търг. д. №445/2025 на ВКС, ТК, I т.о.</w:t>
+        <w:t>Решение №36/03.02.2026 по търг. д. №445/2025 на ВКС, ТК, I т.о., докладвано от съдия Вероника Николова</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Относно приложението на чл. 52 от ЗЗД</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>В т.ІІ на Постановление № 4/1968г. на Пленума на ВС е разяснено, че понятието „справедливост” по смисъла на чл. 52 от ЗЗД не е абстрактно понятие, а е свързано с преценката на редица конкретни обективно съществуващи обстоятелства, които са специфични за всяко дело и които трябва да се вземат предвид от съда при определяне на размера на обезщетението, но във всички случаи правилното прилагане на чл. 52 от ЗЗД при определяне на обезщетенията за неимуществени вреди от деликт е обусловено от съобразяване на указаните в постановлението общи критерии – видът и степента на увреждането, прогнозата за развитие на заболяването, намаляването на работоспособността, възрастта на пострадалия, както и съпричиняването за настъпването на вредоносния резултат. Тези критерии са възприети и във формираната по реда на чл. 290 от ГПК практика по приложението на чл. 52 от ЗЗД, която приема, че справедливото възмездяване на настъпилите от деликта вреди изисква задълбочено изследване на общите и на специфичните за отделния спор правнорелевантни факти.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>