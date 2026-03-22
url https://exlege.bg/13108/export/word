--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Липсата на проведена процедура по ЗОП по отношение на договора от 05.01.2018 г., означава, че в случая обществената поръчка е само една, поради което не може да се говори за разделяне на обществени поръчки. Предвид безвъзмездния характер на договора за изготвянето на инвестиционен проект не е налице и предвидената в чл. 21, ал. 15 ЗОП цел на разделянето, а именно – да се приложи ред за възлагане за по-ниски стойности. В конкретния случай общата сумарна стойност на дейностите за изготвяне на инвестиционен проект и за авторския надзор възлиза само на стойността на авторския надзор, за осъществяването на който е проведена обществена поръчка по реда на чл. 79, ал. 1, т. 3 от ЗОП, а именно 15 000,00 лв. Необходимостта от разделяне, съответно неразделяне на поръчката се преценява към момента на планиране извършването й – в случая към 05.01.2018 г., когато е сключен договорът за изготвяне на инвестиционен проект. Към посочената дата Община Севлиево не е бенефициер по договора за предоставяне на безвъзмездна финансова помощ и дейността по осъществяване на проектирането не се финансира със средства от ЕСИФ, което категорично отрича правомощието на ръководителя на управляващия орган по ОПРР да осъществява контрол за законосъобразност върху законосъобразността на соченото разделяне.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>