--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -44,80 +44,80 @@
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Решение №50011/26.11.2024 по търг. д. №1060/2022 на ВКС, ТК, I т.о., докладвано от съдия Десислава Добрева</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Как следва да процедира съдът при релевирано от потребителя възражение за нищожност на договор за банков кредит, по силата на който заеманата сума е деноминирана в чуждестранна валута /швейцарски франкове/ и клаузите, отнасящи се до валутния риск, определят основния предмет на този договор по смисъла на чл. 4, § 2 от Директива 93/13? Може ли да запази договора като неутрализира неравноправния характер на тези клаузи, или следва да прогласи целия договор за нищожен?</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>При релевирано от потребителя възражение за нищожност на договор за банков кредит, по силата на който заеманата сума е деноминирана в чуждестранна валута /швейцарски франкове/ и клаузите, отнасящи се до валутния риск, определят основния предмет на този договор по смисъла на чл. 4, § 2 от Директива 93/13, ако съдът, след прилагане на обективен подход и при извършена служебна проверка, прецени неравноправност на сочените клаузи, той следва да прогласи целия договор за недействителен, в случай че не може да приложи диспозитивна правна норма и с това не излага потребителя на особено неблагоприятни последици. Съдът не може, с цел да запази действителността на договора, да неутрализира неравноправния характер на клаузите, определящи основния предмет на договора по смисъла на чл. 4, § 2 от Директива 93/13, като ги адаптира/измени посредством промяна на валутата, в която страните са договаряли предоставянето на заемната сума, или посредством промяна на обменния курс на тази валута към конкретен времеви момент. Съдът може да неутрализира част от клаузите единствено, ако тази именно част може да бъде окачествена като отделна самостоятелна договорка.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>