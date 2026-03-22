--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Правилно съдът е преценил, че смекчаващи отговорността обстоятелства са добрите характеристични данни на подсъдимия, това че е женен, работи и полага грижи за четири малолетни деца, отличните му характеристични данни, чистото му съдебно минало и липсата на данни за извършени предходни нарушения на правилата за движение, както и изразеното съжаление и разкаяние за извършеното престъпление. Правилно като отегчаващи отговорността обстоятелства са отчетени причинените увреждания на И. С.- водач на другия автомобил участвал в произшествието, които не са инкриминирани в настоящото производство. Касационният съд споделя извода на въззивната инстанция, че наказанието на Ч. е следвало да бъде определено при значителен превес на смекчаващите отговорността му обстоятелства. Ето защо прецени, че отмерването му в минималния предвиден в чл. 343, ал. 1, б.“в“ НК размер е законосъобразно и отговаря на изискванията на чл. 36 НК. Касационният съд изцяло споделя отразеното в касационната жалба на частните обвинители, че липсва каквото и да е съпричиняване от страна на пострадалата, като вината за настъпилото произшествие е единствено на подсъдимия Ч.. Съдът изцяло споделя и отразеното в касационните жалби по отношение на възрастта на пострадалата и нейната обществена значимост, но намира за необходимо да отбележи, че тези обстоятелства не могат да бъдат отчитани при индивидуализация на наказанието. Наложените на подсъдимия Ч. наказания не са явно несправедливи по смисъла на чл. 348, ал. 5 НПК, тъй като съответстват на обществената опасност на извършеното конкретно престъпление и смекчаващите и отегчаващите отговорността обстоятелства.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>