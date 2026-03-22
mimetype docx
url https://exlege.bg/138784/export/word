--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -44,80 +44,80 @@
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Решение №27/29.01.2026 по търг. д. №1126/2024 на ВКС, ТК, II т.о., докладвано от съдия Анна Баева</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>За задължението на въззивния съд с оглед произнасяне по възражението на ответника за нищожност на договора поради несъответствие с предвидената в закона форма – чл. 10 във връзка с чл. 22 ЗПК, да назначи служебно съдебно-техническа експертиза, както и по обобщения и уточнен правен въпрос: „Какви са предпоставките за неравноправност по чл. 143, ал. 1 ЗЗД на клауза в договор за потребителски кредит и какви са задълженията на съда при произнасяне по неравноправния характер на клаузата?”</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Прието е, че съгласно чл. 10, ал. 1 ЗПК всички елементи на договора следва да бъдат представени с еднакъв по вид, формат и размер шрифт – не по-малък от 12. Изискването на чл. 10, ал. 1 ЗПК гарантира, че информацията ще бъде представена прозрачно и четливо, за да бъде достъпна за потребителя и да се осуети използването на дребен шрифт, който поражда опасност важна информация относно правата и задълженията на потребителя да бъде пропусната от него. Ако договорът за потребителски кредит е с размер на шрифта по-малък от 12, то той е недействителен на основание чл. 22 ЗПК. При съществуващ между страните спор досежно начина за установяване на шрифта, преценката дали шрифтът на договора е по-малък от 12 не може да бъде изведена от прочита на представения документ, нито от използването на програма за конвертиране на документа, а подлежи на установяване чрез техническа експертиза. Въззивният съд следва и служебно /ТР №1/2013 г. ОСГТК/ да назначи съдебно-техническа експертиза за размера на шрифта на договора за потребителски кредит и приложенията към него, с помощта на която да се произнесе по възражението на ищеца за недействителност на договора поради неспазване на предвидената в закона форма. Прието е, че една договорна клауза е неравноправна при наличието на следните предпоставки: 1/ клаузата да не е индивидуално уговорена; 2/ да е сключена в нарушение на принципа на добросъвестността; 3/ да създава значителна неравнопоставеност между страните относно правата и задълженията – съществено и необосновано несъответствие между правата и задълженията на страните; 4/ да е сключена във вреда на потребителя. Първоинстанционният и въззивният съд следят служебно за наличие по делото на фактически и/или правни обстоятелства, обуславящи неравноправност на клауза/и в потребителски договор. Когато констатира наличие на тези обстоятелства, съдът, разглеждащ делото по същество, е длъжен с оглед принципа на състезателност да уведоми страните, че ще се произнесе по неравноправния характер на клаузата, като им даде възможност да изразят становище и да ангажират доказателства. Съдът не се произнася по неравноправния характер на клаузата, ако потребителят, след като е бил уведомен, се противопостави на това.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>