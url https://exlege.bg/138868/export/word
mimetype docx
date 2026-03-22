--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -27,97 +27,97 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6A7AF159" w14:textId="1F4AEADA" w:rsidR="002030A6" w:rsidRPr="00B20476" w:rsidRDefault="002030A6" w:rsidP="00B20476">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Решение №47/27.01.2026 по гр. д. №870/2025 на ВКС, ГК, IV г.о.</w:t>
+        <w:t>Решение №47/27.01.2026 по гр. д. №870/2025 на ВКС, ГК, IV г.о., докладвано от съдия Боян Цонев</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>1) Неизправна страна по договора за изработка ли е възложителят, респ. изпада ли той в забава на кредитора по смисъла на чл. 95, предл. 2 от ЗЗД, когато не даде на изпълнителя необходимо съдействие за изпълнението на договора, но това съдействие нито е уговорено в договора, нито е поискано от изпълнителя; и 2) може ли съдът да се произнася по ненаведени от ответника в преклузивния срок за отговор на исковата молба, възражения и оспорвания на факти, респ. – да приема тези факти за недоказани по делото.</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>1) Възложителят не изпада в забава на кредитора по смисъла на чл. 95, предл. 2 от ЗЗД, когато не даде на изпълнителя необходимо съдействие за изпълнението на договора за изработка, ако това съдействие не е уговорено в договора, нито е поискано от изпълнителя; в тези случаи не настъпват последиците по чл. 96 от ЗЗД и възложителят е изправна страна по договора. 2) Съгласно константна практика, с изтичането на срока за отговор на исковата молба се преклудира възможността ответникът да противопоставя възражения, основани на съществуващи и известни му към този момент факти. В този срок ответникът е длъжен да изчерпи всички свои възражения, а в доклада по делото съдът е длъжен да посочи обстоятелствата, от които произтичат претендираните права и въведените от страните възражения. Едва след като определи правната квалификация на всички претендирани права и възражения; посочи кои права и кои обстоятелства се признават и кои обстоятелства не се нуждаят от доказване; кои правнорелевантни факти подлежат на доказване или опровергаване от ищеца и кои от тях подлежат на доказване или опровергаване от ответника; след като страните изчерпят доказателствените си искания във връзка с поставените въпроси, указанията и доклада; след като съдът е указал съгласно чл. 146, ал. 2 от ГПК, за кои от твърдените от тях факти не сочат доказателства, настъпва преклузията за страните да твърдят нови факти и обстоятелства и да сочат нови доказателства, освен при условията на чл. 147 и чл. 266, ал. 2 и ал. 3 от ГПК. Когато посочените съдопроизводствени действия не са извършени точно и в пълния им обем от съда, процесуалното бездействие на страната не може да има за последица преклудиране на правото да попълни делото с относими към спорното право обстоятелства и доказателства. Ако даден надлежно въведен в предмета на спора факт не е оспорен по предвидения процесуален ред, съдът не може директно с решението си да приеме, че той не се е осъществил, без да е изпълнил правомощията си във връзка с изясняването и доказването на фактите. Съдът не може да се произнася по липсващи в отговора на исковата молба възражения по факти, за установяването на които не е дал надлежни указания по чл. 146, ал. 1 и ал. 2 от ГПК на страната, която се позовава на тях. Това не означава, че въззивният съд не може да приеме за недоказани, неоспорени от страните доказателствени или правнорелевентни факти по делото, за установяването на които съответната страна не е ангажирала достатъчно доказателства, след като са й дадени надлежни указания относно разпределението на доказателствената тежест. Това следва от непосредствената цел на въззивното производство – повторното разрешаване на материалноправния спор по същество, при което дейността на въззивната инстанция (както на първата) е свързана с установяване истинността на фактическите твърдения на страните чрез събиране и преценка на доказателствата, и субсумиране на установените факти под приложимата материалноправна норма. Въззивният съд е втори по ред по съществото на спора и когато пред него по надлежен ред е изнесен спорът относно фактите по делото, той е длъжен, в рамките на сезирането, да ги установи, като прецени относимите и допустими доказателствата заедно и поотделно, без да преиначава или да обсъжда избирателно само някои от тях, а други да игнорира. Анализът трябва да бъде осъществен по вътрешно убеждение, което от своя страна да почива на приложимия закон, логическите и житейски правила. Решение, в което съдът формира вътрешното си убеждение, без да се съобрази с правилата на формалната логика, опита и научното знание, е необосновано.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>