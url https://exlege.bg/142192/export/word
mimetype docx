--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -27,97 +27,97 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6A7AF159" w14:textId="1F4AEADA" w:rsidR="002030A6" w:rsidRPr="00B20476" w:rsidRDefault="002030A6" w:rsidP="00B20476">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Определение №502/04.02.2026 по ч.гр.д. №3458/2025 на ВКС, ГК, II г.о.</w:t>
+        <w:t>Определение №502/04.02.2026 по ч.гр.д. №3458/2025 на ВКС, ГК, II г.о., докладвано от съдия Радост Бошнакова</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Съгласно чл. 102б, ал. 1 ГПК съдилищата са длъжни да приемат процесуални действия в електронна форма, като съгласно чл. 62, ал. 4 ГПК електронното изявление, с което се извършва процесуално действие, се смята за получено от съда, до който е адресирано, с постъпването му в системата на единния портал за електронно правосъдие, т. е. в случая на 27.05.2025 г. Този извод следва и от чл. 9 и 10 от Закона за електронния документ и електронните удостоверителни услуги, според които електронното изявление е изпратено с постъпването му в информационна система, която не е под контрола на автора и е получено с постъпването му в посочената от адресата информационна система. Нанесената дата в регистратурата на съда при техническата обработка на молбата не е от решаващо значение за тази преценка. Изложеното следва и при данните за визуализираната на електронния пакет държавна такса от 4.25 лева и нейното внасяне от жалбоподателите, макар и като недължима, тъй като тя не е включена в указанията на съда по отстраняване нередовностите на касационната жалба. Следователно указанията за представяне на доказателства за доплащане на дължимата държавна такса по касационната жалба със сумата от 30 лева за допускане на касационното обжалване на въззивното решение са изпълнени в дадения на жалбоподателите от окръжния съд едноседмичен преклузивен срок по чл. 285, ал. 1 ГПК.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>