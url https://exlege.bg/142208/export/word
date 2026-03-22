--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -27,97 +27,101 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6A7AF159" w14:textId="1F4AEADA" w:rsidR="002030A6" w:rsidRPr="00B20476" w:rsidRDefault="002030A6" w:rsidP="00B20476">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Решение №73/04.02.2026 по гр. д. №165/2025 на ВКС, ГК, III г.о.</w:t>
+        <w:t>Решение №73/04.02.2026 по гр. д. №165/2025 на ВКС, ГК, III г.о., докладвано от съдия Марио Първанов</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Относно задължението на въззивния съд да обсъди и да се произнесе по всички възражения и доводи на страните.</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
+        <w:t>Според задължителната практика на ВКС съдът е длъжен да обсъди всички, събрани по делото, доказателства, относими към релевантните за спора факти, поотделно и в тяхната съвкупност и да изложи мотиви защо приема едни от тях за достоверни и отхвърля други, както и въз основа на кои от тях намира определени факти за установени, а други за неосъществили се. Това задължение има и въззивният съд като инстанция по същество на спора. В рамките на заявените във въззивната жалба оплаквания, той следва да се произнесе по основателността на иска и правилността на първоинстанционното решение като формира вътрешното си убеждение по правнорелевантните факти въз основа на всички събрани по предвидения от ГПК ред доказателства в първата и втората съдебни инстанции.</w:t>
+        <w:br/>
         <w:t/>
+        <w:br/>
+        <w:t>Когато уведоменият рожден родител се е противопоставил на искането по молбата, решението на съда не може да се основава на предположение за неизбежен противоправен резултат от знанието за произхода. Искането на осиновения да узнае истината за произхода си по презумпция не вреди и не накърнява принципа на правната сигурност.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>