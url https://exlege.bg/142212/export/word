--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -27,97 +27,97 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6A7AF159" w14:textId="1F4AEADA" w:rsidR="002030A6" w:rsidRPr="00B20476" w:rsidRDefault="002030A6" w:rsidP="00B20476">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Решение №68/04.02.2026 по гр. д. №3919/2025 на ВКС, ГК, IV г.о.</w:t>
+        <w:t>Решение №68/04.02.2026 по гр. д. №3919/2025 на ВКС, ГК, IV г.о., докладвано от съдия Веска Райчева</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>За задължението на съда да извърши преценка на всички конкретни и обективно съществуващи обстоятелства от значение за точното прилагане на принципа на справедливостта по чл. 52 ЗЗД, както и за наличието на причинно-следствена връзка между незаконното наказателно преследване и претърпените вреди и как следва да се определи съдържанието на понятието „справедливост“, изведено в принцип при определяне обезщетение за неимуществени вреди от незаконно наказателно преследване съобразно разпоредбата на чл. 52 ЗЗД.</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Обезщетението за вреди в хипотезата на чл. 2 ЗОДОВ е за увреждане на неимуществени права, блага или правнозащитими интереси. Съдът не е строго ограничен от формалните доказателства за установяване на увреждане в рамките на обичайното при търсене на обезщетение за претърпени вреди поради незаконно наказателно преследване. Когато се твърди причиняване на болки и страдания над обичайните или конкретно увреждане на здравето, както и други специфични увреждания с оглед конкретни обстоятелства, личността на увредения, обичайната му среда или обществено положение, то те трябва изрично да бъдат посочени в исковата молба, за да станат част от предмета на иска. В тези случаи съдът може да ги уважи само при успешно проведено главно и пълно доказване на вредите и причинната връзка. В тежест на пострадалия е да докаже засягането на съответното благо, както и всяко свое негативно изживяване. Държавата отговаря за всички вреди, пряка и непосредствена последица от увреждането. Прилага се постановката на т. 11 ТР № 3/2005 г. – вземат се предвид всички обстоятелства, обусловили и причинна връзка на незаконното наказателно преследване с причинените вреди – болки и страдания, преценени с оглед общия критерий за справедливост по чл. 52 ЗЗД. Обезщетението за неимуществени вреди от деликта по чл. 2 ЗОДОВ изисква да се отчитат всички конкретни обстоятелства и когато конкретна вреда има конкретна причина и може да бъде сведена до пряка последица от конкретно процесуално действие или акт на правозащитните органи, то това предпоставя изключване на тази вреда от кръга на подлежащите на обезщетяване. По делото липсват доказателства, които да установяват, че ищецът е претърпял неимуществени вреди в по-висок размер и с по-силен интензитет от обичайните. Обезщетение за неимуществени вреди се дължи при наличие на причинна връзка между незаконното обвинение за извършено престъпление и претърпените вреди и се определя с оглед особеностите на всеки конкретен случай и при наличие на причинна връзка с незаконните актове на правозащитните органи.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>