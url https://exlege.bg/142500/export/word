--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Съгласно нормата на чл. 171, ал. 2 от ДОПК с изтичането на 10-годишен давностен срок, считана о 1-ви януари на годината, следваща годината, през която е следвало да се плати публичното задължение, се погасяват всички публични задължения. Към настоящия момент давността е изтекла, като не са налице данни и доказателства за прилагане на предвидените в чл. 171, ал. 2 от ДОПК изключения. Фактическият състав на чл. 19, ал. 2 от ДОПК включва кумулативното наличие на субект на отговорността, наличие на задължение, недобросъвестно действие, причинно-следствена връзка и невъзможност да бъде събрано вземането. В РА липсват каквито и да са факти и обстоятелства даващи възможността за наличие на недобросъвестност у РЛ при разполагане на паричните средства на дружеството. Липсва и наличие на причинно-следствена връзка между поведението на РЛ и невъзможността на дружеството да изплати задълженията си, предвид на наличието на средства у търговеца. Отговорността се реализира само при доказана обективна невъзможност на главния длъжник да плати изискуемото задължение, а данни в тази насока представени от данъчния орган липсват.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>