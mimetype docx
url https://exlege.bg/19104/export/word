--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>По делото не е установено по несъмнен начин, в кой момент подсъдимият е разбрал за действията на малолетния спрямо възрастния човек, поради което неоправдано е да се утежнява отговорността му за липса на помощ. Незаконосъобразно е отчетено като отегчаващо отговорността и обстоятелството, че опитът за кражба е останал недовършен по независещи от дееца причини, тъй като този подход е в разрез с чл. 58, б. „а“ НК, който допуска по-леко наказание при опит. Съвкупната оценка на обстоятелствата не налага извод за значителен превес на отегчаващите такива, като справедливото увеличение е до четири години лишаване от свобода, предвид младата възраст на подсъдимия към момента на престъплението. Осъщественото престъпно деяние е с висока степен на обществена опасност, което налага по-висок интензитет на наказателната репресия чрез ефективно изтърпяване на санкцията.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>