--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Текстът на чл. 168, ал. 1 ЗДвП очертава кръга на лицата, които имат правомощия да прилагат мерки за административна принуда по чл. 171, т. 5, б. б ЗДвП. Видно от представената по делото Заповед № 1093/04.04.2024 г., издадена от кмета на Община Бургас, приложилият оспорената ПАМ служител - Д. Д., заемащ длъжността Инспектор, транспортна служба към ОП Транспорт при община Бургас, назначен с Трудов договор № 23/30.10.2024 г. е овластен с такива правомощия. С разпоредбата на чл. 171, т. 5, б. б ЗДвП са регламентирани три отделни хипотези, в които може да се приложи ПАМ от вида на процесната. Всяка от изброените предпоставки представлява самостоятелно основание за прилагане на ПАМ. Предписанието е императивно и при наличие на осъществени факти, субсумиращи се в някоя от визираните хипотези, административният орган в условията на обвързана компетентност прилага предвидената по закон ПАМ с цел осигуряване безопасността на движението по пътищата и за преустановяване на допуснатото административно нарушение. При съобразяване на това обстоятелство, осъществено е нарушението по чл. 98, ал. 1, т. 1 ЗДвП, съгласно който престоят и паркирането са забранени на място, където превозното средство създава опасност или е пречка за движението или закрива от другите участници в движението пътен знак или сигнал.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>