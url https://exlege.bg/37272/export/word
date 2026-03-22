--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -27,97 +27,97 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6A7AF159" w14:textId="1F4AEADA" w:rsidR="002030A6" w:rsidRPr="00B20476" w:rsidRDefault="002030A6" w:rsidP="00B20476">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Определение №50463/18.11.2022 по ч. търг. д. №2196/2021 на ВКС, ТК, I т.о.</w:t>
+        <w:t>Определение №50463/18.11.2022 по ч. търг. д. №2196/2021 на ВКС, ТК, I т.о., докладвано от съдия Мадлена Желева</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>При съобразяване, че обективно съединените искове, предявени от синдика на Кооперация „ПК Фар“ срещу частния жалбоподател и кооперацията в несъстоятелност, са при условие на евентуалност, както и, че с въззивното решение е потвърдено отхвърлянето на главния иск с правно основание чл. 646, ал. 2, т. 1 ТЗ, но евентуалният иск с правно основание чл. 646, ал. 2, т. 3 вр. ал. 3 и 4 ТЗ е уважен, отговорността за разноски следва да се определи в зависимост от изхода на делото по евентуалния иск. При предявени евентуално съединени искове дължимата такса е една, едно е и адвокатското възнаграждение. При постигане на позитивно решение по един от тези искове, ответникът следва да понесе отговорността за разноски, като ще дължи заплащане на цялото уговорено от ищеца адвокатско възнаграждение, тъй като е уговорено за защита на едно благо. Неправилен е обаче изводът на Бургаски апелативен съд, че направените разноски за адвокатско възнаграждение и депозит за експертиза следва да се присъдят на синдика на Кооперация „ПК Фар“ /н/ В. Х. Ч. ищец по делото, а не на длъжника в несъстоятелност. Исковете по чл. 646 ТЗ се предяват от синдика от негово име, но в качеството на процесуален субституент на длъжника и за сметка на масата на несъстоятелността, поради което при уважаването им сторените разноски за производството се присъждат на длъжника. В съответствие със закона е изводът на въззивния съд, че ответникът едноличен търговец, с оглед резултата по делото, следва да бъде осъден да заплати държавна такса за първата и въззивната инстанция в общ размер от 4007, 92 лв. съгласно възпроизведеното правило на чл. 72, ал. 1 ГПК и установеното в чл. 649, ал. 6 ТЗ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>