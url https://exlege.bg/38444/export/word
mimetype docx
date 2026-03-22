--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -44,80 +44,80 @@
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Решение №50002/22.08.2024 по гр. д. №2939/2022 на ВКС, ГК, II г.о., докладвано от съдия Гергана Никова</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Касационното обжалване е допуснато поради вероятна недопустимост на въззивното решение, тъй като е постановено по нередовна искова молба, при което не е налице съответствие между изложеното в обстоятелствената част (сочещо на иск по чл. 109 ЗС) и петитума, с който се търси защита по вид и в обем, некореспондиращи с допустимия предмет на защита чрез предявяването на негаторен иск. Петитумът е бланкетен – не е уточнено какви конкретни ремонтни действия се иска да бъдат извършени или какъв краен резултат следва да бъде постигнат, което води до неясен и неподлежащ на принудително изпълнение осъдителен диспозитив.</w:t>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>По тази причина съставът на ВКС приема, че, като е постановен по нередовна искова молба, атакуваният правораздавателен акт е процесуално недопустим. Изложеното налага въззивното решение да бъде обезсилено, а делото – върнато за ново разглеждане от друг състав на въззивния съд с указания при новото разглеждане да бъдат съобразени разясненията по т. 4 от ТР № 1 от 17.07.2001 г. на ВКС, ОСГК (които в тази им част, съобразно т. 5 от ТР № 1 от 09.12.2013 г. по тълк. д.№ 1/2013 г. на ВКС, ОСГТК, са актуални и при действието на ГПК /в сила от 01.03.2008 г./).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>