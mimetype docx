--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Правилно не е споделена тезата на жалбоподателя, че участниците следва да докажат изпълнени услуги по приготвянето и доставката на готова храна по диетите, предмет на обществената поръчка, осъществени 365 дни, ежедневно, в които да е доставена храна за минимум 294 лица, тъй като видно от обявлението и Документацията за обществена поръчка, възложителят ясно е поставил конкретното си изискване във връзка с критерия за подбор, касаещ опит. Посочването на мотиви от страна на възложителя е част от незадължителното съдържание на Документацията за обществената поръчка и не касае характера на услугите, които се считат за идентични или сходни с предмета на обществената поръчка. Текстът, посочен в незадължителните Мотиви за поставяне на минимално изискване за обем не допълва дефиницията за дейности с идентичен или сходен с предмета и обема на поръчката. В съответствие със закона КЗК е приела, че законодателят въвежда забрана за възложителите да включват като критерии за подбор условия или изисквания, които са свързани с изпълнението само на обществени поръчки, или с изпълнението на конкретно посочени програми или проекти, или с конкретизирането на източници на финансиране, или на определен брой изпълнени договори с конкретно посочване на предмета им. Възложителят не е поставил изискване, противоречащо на посочена по-горе разпоредба, участниците да могат да докажат опит само чрез представяне на сключени договори за обществени поръчки със сходен или идентичен предмет с този на настоящата поръчка. Комисията правилно е основала изводите си, според която за доказване на техническите и професионалните способности на участниците, касаещи опит, годни доказателствени средства са: списък на доставките или услугите, които са идентични или сходни с предмета на обществената поръчка, с посочване на стойностите, датите и получателите, заедно с документи, които доказват извършената доставка или услуга.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>