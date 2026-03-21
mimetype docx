--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Произходът по българското право се определя от наличието на биологична връзка между детето, жената, която го е родила, и мъжът, от когото е заченато. Родители на детето по българското право са неговите майка и баща или лица от различен пол, като произходът от майката се определя от раждането. Съставеният в Кралство Испания акт за раждане, посочващ като майки две жени, не съдържа основни данни относно произхода на детето, каквито се изискват по българското право. Отказът не се основава на съществуваща в националния закон правна пречка, по причина на която детето е било неблагоприятно третирано, включително, поради сексуалната ориентация на неговите родители, а на отказа да се съобрази искането с правото на държавата, чийто гражданин е. Правилата за гражданското състояние, към които спадат правилата за брака и произхода, са от компетентността на държавите членки, а правото на Съюза не засяга тази тяхна компетентност.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>