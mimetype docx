--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Отмяната е извънинстанционен способ за проверка на влезли в сила съдебни решения, поради което законодателят изрично е изброил основанията, на които е допустима такава проверка. Съгласно чл. 239, т. 1 АПК може да се иска отмяна на влязъл в сила съдебен акт, когато са открити нови обстоятелства или нови писмени доказателства от съществено значение за делото, които при решаването му не са могли да бъдат известни на страната. В представените за изследване кръвна проба и проба от урина, взети от М. Георгиев, не е установено наличие на наркотични вещества. След приключване на устните състезания по делото е налично ново писмено доказателство, което е от съществено значение за делото и установяващо обстоятелство, което при решаването му не е могло да бъде известно на страната, поради това, че експертизата е изготвена след приключване на устните състезания по делото. Това обстоятелство е относимо към предмета на спора, разрешен с влязлото в сила решение, и сочи на вероятност за постановяване на друг правен резултат. По аргумент от т. 4 на Тълкувателно решение № 6 по тълкувателно дело № 6/2012 г. по описа на ОСГТК на ВКС, разноските, направени от искателя в производство по отмяна на влязло в сила съдебно решение, когато молбата е уважена, се присъждат с решението по съществото на спора.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>