--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Първоначалното налагане на принудителната административна мярка е било напълно законосъобразно, тъй като техническото средство е отчело концентрация на алкохол 0,68 промила. Продължаването на мярката до изтичането на определения от органа шестмесечен срок е материално незаконосъобразно, тъй като въпросът за отговорността на водача е решен с влязло в сила решение на 03.04.2018г. Жалбоподателят незаконосъобразно е търпял последиците от срока на наложената ПАМ за периода 04.04.2018г. до 29.05.2018г., тоест 25 дни. Тази продължителност на периода, сама по себе си, не обосновава преминаването на минималния праг на неудобство, присъщо на наложената ПАМ. Причината за прилагането на мярката, респективно създаденото във връзка с това неудобство, се корени в поведението на самия ищец, който е шофирал след употреба на алкохол. Пренебрегвайки настъпването на неблагоприятните последици от поведението му, ищецът сам се е поставил в ситуацията на потърпевш, поради което е налице хипотезата на чл. 5, ал.1 ЗОДОВ, в който случай обезщетение за претърпените вреди не се дължи.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>