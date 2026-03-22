--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>„В процесния случай не се установява кумулацията от трите основни елемента на фактическия състав по чл.1, ал.1 от ЗОДОВ: незаконосъобразен административен акт - действие или бездействие на административен орган, претърпяна вреда и причинно-следствена връзка между административния акт и понесената от ищеца вреда.“ „За Ганчев при условие, че счита за незаконосъобразно извършеното изземане е съществувал законов ред за обжалване на заповедта за прилагане на ПАМ, от който същият не се е възползвал.“ „Отнемането на СУМПС на Ганчев не е пряка и непосредствена последица от незаконосъобразното НП, а от подлежащата на предварително изпълнение, регламентирана в чл. 171, т. 1 б. „б“ от ЗДвП принудителна административна мярка.“ „Всички твърдени от ищеца вреди първо са в причинна връзка с действието на двете заповеди за налагане на ПАМ, а не с НП, както се твърди.“ „С издаденото НП нито е прекратена временно регистрацията на МПС, нито е приведено в изпълнение наказанието лишаване от право да управлява МПС.“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>