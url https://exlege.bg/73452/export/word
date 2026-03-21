--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Административният съд е приел, че директорът на Д. П парк „Витоша“ е задължен субект по чл. 3 от ЗДОИ, а исканата информация е служебна обществена информация, поради което достъпът до нея е свободен и изключение на изрично установените случаи по чл. 13, ал. 2 от ЗДОИ, каквито в случая не са налице. АССГ изрично е обосновал извод, че мотивите на органът да откаже предоставянето на исканата информация поради засягането на авторски права, с които администрацията не разполага, е неотносим към цялото заявление за достъп, а и не кореспондира с чл. 27, ал. 1, т. 3 и ал. 2 от ЗДОИ, установяващи възможност за предоставяне на информацията във форма, определена от съответния орган, а не в предпочитаната от заявителя. В тези случаи достъп до информацията се предоставя във форма, която се определя от съответния орган, но не е основание да бъде отказан въобще достъпа до нея. По делото липсват доказателства, че действително информацията, предмет на заявлението на Сдружение за [ЮЛ] е свързана с оперативната подготовка на конкретен акт и няма самостоятелно значение. В публичния регистър, създаден по ЗОП не се съдържа информацията, която е поискана със заявлението на Сдружение за [ЮЛ], поради което подробното изложение по т. 3 от касационната жалба, свързано с наличието на друг специален ред за получаване на исканата информация е напълно неотносимо към предмета на спора.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>