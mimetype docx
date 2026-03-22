--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -73,51 +73,51 @@
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>ВКС намира, че са налице предпоставките за прилагане на чл. 9, ал. 2 от НК съобразно втората алтернатива - явна незначителност на обществената опасност на деянието. Незначителният период на държането е самостоятелно основание да се приеме, че степента на обществена опасност е явно незначителна, което изключва престъпния характер на деянието. Въззивният съд е приел, че държането на ловната пушка е престъпно деяние по смисъла на чл.339, ал.1 от НК без да съобрази, че конкретно осъщественото от дееца държане не е било трайно, а в рамките на по-малко от два часа, при това на законно притежавана ловна пушка от известно по делото лице. Подсъдимият е притежавал валидно разрешение за съхранение, носене и употреба на две оръжия от същия калибър и вид като процесната ловна пушка. Липсват общественоопасни последици от извършването на деянието, а личността на дееца се отличава с добри характеристични данни.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>