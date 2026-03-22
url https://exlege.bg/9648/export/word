--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -27,97 +27,97 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6A7AF159" w14:textId="1F4AEADA" w:rsidR="002030A6" w:rsidRPr="00B20476" w:rsidRDefault="002030A6" w:rsidP="00B20476">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20476">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Определение №3228/23.06.2025 по ч.гр.д. №1879/2025 на ВКС, ГК, I г.о.</w:t>
+        <w:t>Определение №3228/23.06.2025 по ч.гр.д. №1879/2025 на ВКС, ГК, I г.о., докладвано от съдия Наталия Неделчева</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F873711" w14:textId="77777777" w:rsidR="00EB4203" w:rsidRDefault="00047AEF" w:rsidP="003568EE">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00EB4203">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EFB3D2" w14:textId="73C2A980" w:rsidR="00047AEF" w:rsidRDefault="00047AEF" w:rsidP="00047AEF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003568EE">
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         </w:rPr>
-        <w:t/>
+        <w:t>Разпореждане №261109/26.01.2022г. съдържащо указания за констатираните нередовности, ведно с други съдебни актове, е получено от адв. М. на 29.05.2024г., предвид което едноседмичният срок за изпълнение на дадените указания е изтекъл на 05.06.2024г. Следователно на 12.06.2024г. когато е постъпила молбата за възстановяване на срок, даденият от съда едноседмичен срок вече е бил изтекъл. При това положение, съдът не е имал правомощието да продължи срока за изпълнение на осн. чл. 63 ГПК, а е следвало да открие производство за възстановяване на срок по реда на чл. 64, ал.2 ГПК и следващи, с каквото искане всъщност е бил сезиран с молба вх. № 273278/12.06.2024г. от адв. М.. Като незаконосъобразно е продължил вече изтеклия срок, и е приложил разпоредбата на чл. 63, ал.2 ГПК, въззивният съд неправилно е приел, че новият срок започва да тече, считано от 12.06.2024г. Доколкото изобщо лисва проведено производство по реда на чл. 64 ГПК, то не може да се направи извод за наличието на основание за връщане на подадената касационна жалба.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D97DE0B" w14:textId="31E35869" w:rsidR="00EB4203" w:rsidRPr="003568EE" w:rsidRDefault="003568EE" w:rsidP="00A75127">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleReference"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>